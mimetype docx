--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -188,88 +188,92 @@
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A313B2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Datum podání žádosti:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BDB947E" w14:textId="4B9ED8AE" w:rsidR="00DB62EF" w:rsidRPr="00076CFB" w:rsidRDefault="005F41B0" w:rsidP="00972795">
+          <w:p w14:paraId="6BDB947E" w14:textId="4B9ED8AE" w:rsidR="00DB62EF" w:rsidRPr="008F13BF" w:rsidRDefault="005F41B0" w:rsidP="00972795">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008F13BF">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:bCs/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00DB62EF" w:rsidRPr="00076CFB">
+            <w:r w:rsidR="00DB62EF" w:rsidRPr="008F13BF">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:bCs/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008F13BF">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:bCs/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00DB62EF" w:rsidRPr="00076CFB">
+            <w:r w:rsidR="00DB62EF" w:rsidRPr="008F13BF">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:bCs/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>. 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w14:paraId="6A67914E" w14:textId="77777777" w:rsidTr="00972795">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="66F54F4B" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="00DB62EF" w:rsidP="00972795">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
@@ -286,106 +290,120 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>pedagogické</w:t>
             </w:r>
             <w:r w:rsidRPr="00A313B2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> přednášky:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BEFD266" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="00DB62EF" w:rsidP="00972795">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6BEFD266" w14:textId="6274F572" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="008F13BF" w:rsidP="00972795">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7. 10. 2025</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w14:paraId="652AF082" w14:textId="77777777" w:rsidTr="00972795">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="223E6017" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="00DB62EF" w:rsidP="00972795">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A313B2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Datum obhajoby před VR FAST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF90468" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="00DB62EF" w:rsidP="00972795">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4DF90468" w14:textId="1D91E874" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="008F13BF" w:rsidP="008F13BF">
+            <w:pPr>
+              <w:ind w:left="720" w:hanging="720"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>22. 10. 2025</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w14:paraId="192AC896" w14:textId="77777777" w:rsidTr="00972795">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="3B598631" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="00DB62EF" w:rsidP="00972795">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -702,59 +720,51 @@
               </w:rPr>
               <w:t>Člen:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="658BC4B3" w14:textId="041DB792" w:rsidR="00DB62EF" w:rsidRPr="005F41B0" w:rsidRDefault="005F41B0" w:rsidP="00972795">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F41B0">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>prof. Ing. Jan L. VÍTEK, CSc.,</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">prof. Ing. Jan L. VÍTEK, CSc., </w:t>
             </w:r>
             <w:r w:rsidRPr="005F41B0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ČVUT Praha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB62EF" w14:paraId="03C1F94E" w14:textId="77777777" w:rsidTr="00972795">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04DADBF1" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="00DB62EF" w:rsidP="00972795">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
@@ -770,59 +780,51 @@
               </w:rPr>
               <w:t>Člen:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B3462DF" w14:textId="07E985DD" w:rsidR="00DB62EF" w:rsidRPr="005F41B0" w:rsidRDefault="005F41B0" w:rsidP="00972795">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F41B0">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>prof. Ing. Radim ČAJKA, CSc.,</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">prof. Ing. Radim ČAJKA, CSc., </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_Hlk192492909"/>
             <w:r w:rsidRPr="005F41B0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>VŠB – TU Ostrava</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB62EF" w14:paraId="50F97D6F" w14:textId="77777777" w:rsidTr="00972795">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4385D537" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="00DB62EF" w:rsidP="00972795">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -840,59 +842,51 @@
               </w:rPr>
               <w:t>Člen:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00517B72" w14:textId="58060F8A" w:rsidR="00DB62EF" w:rsidRPr="005F41B0" w:rsidRDefault="005F41B0" w:rsidP="00972795">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F41B0">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>doc. Ing. Lukáš VRÁBLÍK, Ph.D.</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">doc. Ing. Lukáš VRÁBLÍK, Ph.D., </w:t>
             </w:r>
             <w:r w:rsidRPr="005F41B0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ČVUT Praha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E4DEDEF" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00BE3CF0" w:rsidRDefault="00DB62EF" w:rsidP="00DB62EF">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE3CF0">
         <w:rPr>
@@ -1099,157 +1093,520 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9747"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DB62EF" w14:paraId="365DF563" w14:textId="77777777" w:rsidTr="00972795">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56F955D0" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="00DB62EF" w:rsidP="00972795">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="56F955D0" w14:textId="60750A02" w:rsidR="00DB62EF" w:rsidRPr="00B56320" w:rsidRDefault="00B56320" w:rsidP="00972795">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Titul2  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>prof.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Titul  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ing.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Jmeno  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Jaroslav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Prijmeni  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Halvoník,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  TitulZa  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ph.D.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB62EF" w14:paraId="698438E0" w14:textId="77777777" w:rsidTr="00972795">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9BB539" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="00DB62EF" w:rsidP="00972795">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4D9BB539" w14:textId="25215756" w:rsidR="00DB62EF" w:rsidRPr="00B56320" w:rsidRDefault="008F13BF" w:rsidP="008F13BF">
+            <w:pPr>
+              <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Titul2  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>doc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Titul  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ing.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Jmeno  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Jaroslav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Navrátil, CSc.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB62EF" w14:paraId="20B91B97" w14:textId="77777777" w:rsidTr="00972795">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1086DC2B" w14:textId="77777777" w:rsidR="00DB62EF" w:rsidRPr="00A313B2" w:rsidRDefault="00DB62EF" w:rsidP="00972795">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1086DC2B" w14:textId="0E2C83CA" w:rsidR="00DB62EF" w:rsidRPr="00B56320" w:rsidRDefault="00B56320" w:rsidP="00972795">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">prof. Ing. Jan L. Vítek, CSc., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>FEng</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B56320">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32011699" w14:textId="77777777" w:rsidR="00F859A0" w:rsidRDefault="00F859A0"/>
     <w:sectPr w:rsidR="00F859A0" w:rsidSect="005F41B0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="567" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="132"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB62EF"/>
     <w:rsid w:val="00296CBD"/>
     <w:rsid w:val="005F41B0"/>
+    <w:rsid w:val="008F13BF"/>
+    <w:rsid w:val="00B56320"/>
     <w:rsid w:val="00D344B3"/>
     <w:rsid w:val="00DB62EF"/>
     <w:rsid w:val="00F859A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2058,57 +2415,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>126</Words>
-  <Characters>750</Characters>
+  <Words>190</Words>
+  <Characters>1124</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>875</CharactersWithSpaces>
+  <CharactersWithSpaces>1312</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Iva</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>